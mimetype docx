--- v0 (2025-11-06)
+++ v1 (2025-11-28)
@@ -179,154 +179,154 @@
         <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4207698256"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4207698256"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_571681194"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_571681194"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_571681194"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACQUISIRE COPIA SEMPLICE DEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4207698256"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4207698256"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_571681194"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_571681194"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_571681194"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACQUISIRE COPIA AUTENTICA DEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4207698256"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4207698256"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_571681194"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_571681194"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_571681194"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> CONSULTARE IL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>