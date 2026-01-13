--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -179,154 +179,154 @@
         <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_571681194"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_571681194"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2509008915"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2509008915"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2509008915"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACQUISIRE COPIA SEMPLICE DEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_571681194"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_571681194"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2509008915"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2509008915"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2509008915"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACQUISIRE COPIA AUTENTICA DEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_571681194"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_571681194"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2509008915"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2509008915"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2509008915"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> CONSULTARE IL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>