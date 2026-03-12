--- v2 (2026-01-13)
+++ v3 (2026-03-12)
@@ -179,154 +179,154 @@
         <w:spacing w:lineRule="auto" w:line="360" w:before="120" w:after="0"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2509008915"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2509008915"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3931313011"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3931313011"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3931313011"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACQUISIRE COPIA SEMPLICE DEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2509008915"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2509008915"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3931313011"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3931313011"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3931313011"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACQUISIRE COPIA AUTENTICA DEL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2509008915"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2509008915"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3931313011"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3931313011"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3931313011"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> CONSULTARE IL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>